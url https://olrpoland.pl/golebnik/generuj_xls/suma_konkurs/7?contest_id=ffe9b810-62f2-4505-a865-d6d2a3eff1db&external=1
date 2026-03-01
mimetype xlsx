--- v0 (2025-10-22)
+++ v1 (2026-03-01)
@@ -175,84 +175,84 @@
           <t>Konkurs</t>
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="F1" s="2" t="inlineStr">
         <is>
           <t>Suma punktów</t>
         </is>
       </c>
       <c r="G1" s="2" t="inlineStr">
         <is>
           <t>Suma konkursów</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Martyka Stanis�aw</t>
+          <t>Martyka Stanis?aw</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>9.47</t>
         </is>
       </c>
       <c r="E2" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>18.94</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Amelia I </t>
+          <t>Kazimierz Lewandowski</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>9.33</t>
         </is>
       </c>
       <c r="E3" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>18.66</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
@@ -406,51 +406,51 @@
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>7.46</t>
         </is>
       </c>
       <c r="E8" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>14.92</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Martyka Stanis�aw</t>
+          <t>Martyka Stanis?aw</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>7.27</t>
         </is>
       </c>
       <c r="E9" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>14.54</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
@@ -7600,84 +7600,84 @@
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E226" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
         <v>226</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Ankus Ola i Mariusz</t>
+          <t>Amelia I </t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E227" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
         <v>227</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Barth Janusz</t>
+          <t>Ankus Ola i Mariusz</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E228" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -7732,51 +7732,51 @@
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E230" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
         <v>230</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Bochenczak Jan</t>
+          <t>Barth Janusz</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E231" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -7798,51 +7798,51 @@
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E232" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
         <v>232</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Brenienek P i M</t>
+          <t>Bochenczak Jan</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E233" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -7897,51 +7897,51 @@
       <c r="D235" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E235" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
         <v>235</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Bronek i Reszta</t>
+          <t>Brenienek P i M</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E236" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -7963,84 +7963,84 @@
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E237" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
         <v>237</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Bronis Janusz</t>
+          <t>Bronek i Reszta</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E238" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
         <v>238</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Brzezinski Jan</t>
+          <t>Bronis Janusz</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E239" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -8062,51 +8062,51 @@
       <c r="D240" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E240" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
         <v>240</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Brzuchanski Tomasz</t>
+          <t>Brzezinski Jan</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E241" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -8194,51 +8194,51 @@
       <c r="D244" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E244" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
         <v>244</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Buczkowski Andrzej</t>
+          <t>Brzuchanski Tomasz</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E245" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -8326,51 +8326,51 @@
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E248" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
         <v>248</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Centrum Hodo. Europa</t>
+          <t>Buczkowski Andrzej</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E249" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -8392,51 +8392,51 @@
       <c r="D250" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E250" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
         <v>250</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Chodorowski Arkadius</t>
+          <t>Centrum Hodo. Europa</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E251" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -8491,84 +8491,84 @@
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E253" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
         <v>253</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Czaplinski Tomasz</t>
+          <t>Chodorowski Arkadius</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E254" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
         <v>254</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Dabrzalski - Kwasny</t>
+          <t>Czaplinski Tomasz</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E255" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -8623,117 +8623,117 @@
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E257" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
         <v>257</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Damrat Tadeusz</t>
+          <t>Dabrzalski - Kwasny</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E258" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
         <v>258</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Damy Rade BMMNHZ</t>
+          <t>Damrat Tadeusz</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E259" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
         <v>259</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Dream Team</t>
+          <t>Damy Rade BMMNHZ</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E260" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -8821,117 +8821,117 @@
       <c r="D263" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E263" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
         <v>263</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Fly Vet</t>
+          <t>Dream Team</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E264" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
         <v>264</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Garczynski Miroslaw</t>
+          <t>Fly Vet</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E265" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
         <v>265</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Garncarz Marian</t>
+          <t>Garczynski Miroslaw</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E266" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -8986,84 +8986,84 @@
       <c r="D268" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E268" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
         <v>268</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Gierczak Tadeusz</t>
+          <t>Garncarz Marian</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E269" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
         <v>269</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Gostynski Robert</t>
+          <t>Gierczak Tadeusz</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E270" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -9085,51 +9085,51 @@
       <c r="D271" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E271" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
         <v>271</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Graczyk Monika</t>
+          <t>Gostynski Robert</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E272" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -9151,51 +9151,51 @@
       <c r="D273" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E273" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
         <v>273</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Grzegorz i Jarek</t>
+          <t>Graczyk Monika</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E274" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -9217,51 +9217,51 @@
       <c r="D275" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E275" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
         <v>275</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Gwardiak Kazimierz</t>
+          <t>Grzegorz i Jarek</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E276" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -9283,84 +9283,84 @@
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E277" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
         <v>277</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Harazin Kamil</t>
+          <t>Gwardiak Kazimierz</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E278" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
         <v>278</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Iwanski Tomasz</t>
+          <t>Harazin Kamil</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E279" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -9481,51 +9481,51 @@
       <c r="D283" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E283" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
         <v>283</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Jabkowski Adrian</t>
+          <t>Iwanski Tomasz</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E284" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -9646,51 +9646,51 @@
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E288" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
         <v>288</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Jabkowski Andrzej</t>
+          <t>Jabkowski Adrian</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E289" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -9745,51 +9745,51 @@
       <c r="D291" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E291" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
         <v>291</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Jaskula Beata Zygmun</t>
+          <t>Jabkowski Andrzej</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E292" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -9877,84 +9877,84 @@
       <c r="D295" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E295" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
         <v>295</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Jula</t>
+          <t>Jaskula Beata Zygmun</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E296" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
         <v>296</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Kaluza Tomasz</t>
+          <t>Jula</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E297" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -9976,51 +9976,51 @@
       <c r="D298" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E298" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
         <v>298</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Kazimierz Lewandowski</t>
+          <t>Kaluza Tomasz</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E299" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
@@ -10900,84 +10900,84 @@
       <c r="D326" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E326" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
         <v>326</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Martyka Stanis?aw</t>
+          <t>Martyka Stanis�aw</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E327" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
         <v>327</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Martyka Stanis?aw</t>
+          <t>Martyka Stanis�aw</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E328" s="3" t="n">
         <v>2022-07-26</v>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>